--- v1 (2025-12-07)
+++ v2 (2026-03-14)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9302"/>
   <workbookPr date1904="true" defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="120" yWindow="45" windowWidth="19155" windowHeight="4935"/>
   </bookViews>
   <sheets>
     <sheet name="PG3 ENG" sheetId="1" r:id="rId10"/>
   </sheets>
   <calcPr calcId="144525"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="469" uniqueCount="38">
   <si>
-    <t>Zagreb, 19.11.2025</t>
+    <t>Zagreb, 27.02.2026</t>
   </si>
   <si>
     <t>CROATIAN NATIONAL BANK</t>
   </si>
   <si>
     <t>Payment Operations Area</t>
   </si>
   <si>
     <t>Payment Operations Supervision Department </t>
   </si>
   <si>
     <t>  </t>
   </si>
   <si>
     <t>CASH DEPOSITS TO THE PAYMENT ACCOUNT ACCORDING TO THE DESCRIPTION OF PAYMENT METHODS IN THE REPUBLIC OF CROATIA IN EURO - year 2025</t>
   </si>
   <si>
     <t>PAYMENT METHOD DESCRIPTION</t>
   </si>
   <si>
     <t>PURPOSE/METHOD OF DEPOSIT</t>
   </si>
   <si>
     <t>JANUARY</t>
   </si>
@@ -784,248 +784,248 @@
       </c>
       <c r="AS9" t="s" s="6">
         <v>22</v>
       </c>
       <c r="AU9" t="s" s="6">
         <v>21</v>
       </c>
       <c r="AW9" t="s" s="6">
         <v>22</v>
       </c>
       <c r="AY9" t="s" s="5">
         <v>21</v>
       </c>
       <c r="BA9" t="s" s="5">
         <v>22</v>
       </c>
     </row>
     <row r="10" spans="1:54">
       <c r="A10" t="s" s="7">
         <v>23</v>
       </c>
       <c r="B10" t="s" s="7">
         <v>24</v>
       </c>
       <c r="C10" s="8">
-        <v>2583211</v>
+        <v>2504704</v>
       </c>
       <c r="D10" t="s" s="7">
         <v>25</v>
       </c>
       <c r="E10" s="8">
-        <v>1122080181</v>
+        <v>1049996409</v>
       </c>
       <c r="F10" t="s" s="7">
         <v>25</v>
       </c>
       <c r="G10" s="8">
-        <v>2515782</v>
+        <v>2437414</v>
       </c>
       <c r="H10" t="s" s="7">
         <v>25</v>
       </c>
       <c r="I10" s="8">
-        <v>1062052238</v>
+        <v>989125571</v>
       </c>
       <c r="J10" t="s" s="7">
         <v>25</v>
       </c>
       <c r="K10" s="8">
-        <v>2695794</v>
+        <v>2606939</v>
       </c>
       <c r="L10" t="s" s="7">
         <v>25</v>
       </c>
       <c r="M10" s="8">
-        <v>1170970849</v>
+        <v>1087063483</v>
       </c>
       <c r="N10" t="s" s="7">
         <v>25</v>
       </c>
       <c r="O10" s="8">
-        <v>2516890</v>
+        <v>2516632</v>
       </c>
       <c r="P10" t="s" s="7">
         <v>25</v>
       </c>
       <c r="Q10" s="8">
-        <v>1137578423</v>
+        <v>1136760572</v>
       </c>
       <c r="R10" t="s" s="7">
         <v>25</v>
       </c>
       <c r="S10" s="8">
-        <v>2505914</v>
+        <v>2505527</v>
       </c>
       <c r="T10" t="s" s="7">
         <v>25</v>
       </c>
       <c r="U10" s="8">
-        <v>1172268428</v>
+        <v>1171322642</v>
       </c>
       <c r="V10" t="s" s="7">
         <v>25</v>
       </c>
       <c r="W10" s="8">
-        <v>2548868</v>
+        <v>2548455</v>
       </c>
       <c r="X10" t="s" s="7">
         <v>25</v>
       </c>
       <c r="Y10" s="8">
-        <v>1328762451</v>
+        <v>1328181693</v>
       </c>
       <c r="Z10" t="s" s="7">
         <v>25</v>
       </c>
       <c r="AA10" s="8">
         <v>2646998</v>
       </c>
       <c r="AB10" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AC10" s="8">
         <v>1563517113</v>
       </c>
       <c r="AD10" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AE10" s="8">
         <v>2391100</v>
       </c>
       <c r="AF10" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AG10" s="8">
         <v>1436223813</v>
       </c>
       <c r="AH10" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AI10" s="8">
         <v>2580346</v>
       </c>
       <c r="AJ10" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AK10" s="8">
         <v>1382903940</v>
       </c>
       <c r="AL10" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AM10" s="8">
-        <v/>
+        <v>2487560</v>
       </c>
       <c r="AN10" t="s" s="7">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="AO10" s="8">
-        <v/>
+        <v>1246566799</v>
       </c>
       <c r="AP10" t="s" s="7">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="AQ10" s="8">
-        <v/>
+        <v>2230906</v>
       </c>
       <c r="AR10" t="s" s="7">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="AS10" s="8">
-        <v/>
+        <v>1024215831</v>
       </c>
       <c r="AT10" t="s" s="7">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="AU10" s="8">
-        <v/>
+        <v>2392536</v>
       </c>
       <c r="AV10" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AW10" s="8">
-        <v/>
+        <v>1169094618</v>
       </c>
       <c r="AX10" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AY10" s="9">
-        <v>22984903</v>
+        <v>29849117</v>
       </c>
       <c r="AZ10" t="s" s="10">
         <v>23</v>
       </c>
       <c r="BA10" s="9">
-        <v>11376357436</v>
+        <v>14584972484</v>
       </c>
       <c r="BB10" t="s" s="10">
         <v>23</v>
       </c>
     </row>
     <row r="11" spans="1:54">
       <c r="A11" t="s" s="7">
         <v>26</v>
       </c>
       <c r="B11" t="s" s="7">
         <v>27</v>
       </c>
       <c r="C11" s="8">
         <v>862585</v>
       </c>
       <c r="D11" t="s" s="7">
         <v>23</v>
       </c>
       <c r="E11" s="8">
         <v>132789614</v>
       </c>
       <c r="F11" t="s" s="7">
         <v>23</v>
       </c>
       <c r="G11" s="8">
         <v>853070</v>
       </c>
       <c r="H11" t="s" s="7">
         <v>23</v>
       </c>
       <c r="I11" s="8">
         <v>137190618</v>
       </c>
       <c r="J11" t="s" s="7">
         <v>23</v>
       </c>
       <c r="K11" s="8">
-        <v>885530</v>
+        <v>881370</v>
       </c>
       <c r="L11" t="s" s="7">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="M11" s="8">
-        <v>148324775</v>
+        <v>147104965</v>
       </c>
       <c r="N11" t="s" s="7">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="O11" s="8">
         <v>852082</v>
       </c>
       <c r="P11" t="s" s="7">
         <v>23</v>
       </c>
       <c r="Q11" s="8">
         <v>138021838</v>
       </c>
       <c r="R11" t="s" s="7">
         <v>23</v>
       </c>
       <c r="S11" s="8">
         <v>845671</v>
       </c>
       <c r="T11" t="s" s="7">
         <v>23</v>
       </c>
       <c r="U11" s="8">
         <v>149345316</v>
       </c>
       <c r="V11" t="s" s="7">
         <v>23</v>
       </c>
@@ -1056,93 +1056,93 @@
       <c r="AE11" s="8">
         <v>801582</v>
       </c>
       <c r="AF11" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AG11" s="8">
         <v>129766576</v>
       </c>
       <c r="AH11" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AI11" s="8">
         <v>889737</v>
       </c>
       <c r="AJ11" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AK11" s="8">
         <v>161420427</v>
       </c>
       <c r="AL11" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AM11" s="8">
-        <v/>
+        <v>863617</v>
       </c>
       <c r="AN11" t="s" s="7">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="AO11" s="8">
-        <v/>
+        <v>158690008</v>
       </c>
       <c r="AP11" t="s" s="7">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="AQ11" s="8">
-        <v/>
+        <v>784919</v>
       </c>
       <c r="AR11" t="s" s="7">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="AS11" s="8">
-        <v/>
+        <v>136178717</v>
       </c>
       <c r="AT11" t="s" s="7">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="AU11" s="8">
-        <v/>
+        <v>817301</v>
       </c>
       <c r="AV11" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AW11" s="8">
-        <v/>
+        <v>146938284</v>
       </c>
       <c r="AX11" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AY11" s="9">
-        <v>7780352</v>
+        <v>10242029</v>
       </c>
       <c r="AZ11" t="s" s="10">
         <v>23</v>
       </c>
       <c r="BA11" s="9">
-        <v>1293325535</v>
+        <v>1733912734</v>
       </c>
       <c r="BB11" t="s" s="10">
         <v>23</v>
       </c>
     </row>
     <row r="12" spans="1:54">
       <c r="A12" t="s" s="7">
         <v>23</v>
       </c>
       <c r="B12" t="s" s="7">
         <v>28</v>
       </c>
       <c r="C12" s="8">
         <v>34912</v>
       </c>
       <c r="D12" t="s" s="7">
         <v>23</v>
       </c>
       <c r="E12" s="8">
         <v>6440941</v>
       </c>
       <c r="F12" t="s" s="7">
         <v>23</v>
       </c>
       <c r="G12" s="8">
@@ -1220,93 +1220,93 @@
       <c r="AE12" s="8">
         <v>41021</v>
       </c>
       <c r="AF12" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AG12" s="8">
         <v>10890773</v>
       </c>
       <c r="AH12" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AI12" s="8">
         <v>49577</v>
       </c>
       <c r="AJ12" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AK12" s="8">
         <v>10011798</v>
       </c>
       <c r="AL12" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AM12" s="8">
-        <v/>
+        <v>42696</v>
       </c>
       <c r="AN12" t="s" s="7">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="AO12" s="8">
-        <v/>
+        <v>8571183</v>
       </c>
       <c r="AP12" t="s" s="7">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="AQ12" s="8">
-        <v/>
+        <v>37767</v>
       </c>
       <c r="AR12" t="s" s="7">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="AS12" s="8">
-        <v/>
+        <v>6711614</v>
       </c>
       <c r="AT12" t="s" s="7">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="AU12" s="8">
-        <v/>
+        <v>45613</v>
       </c>
       <c r="AV12" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AW12" s="8">
-        <v/>
+        <v>6907104</v>
       </c>
       <c r="AX12" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AY12" s="9">
-        <v>352068</v>
+        <v>478144</v>
       </c>
       <c r="AZ12" t="s" s="10">
         <v>23</v>
       </c>
       <c r="BA12" s="9">
-        <v>76235680</v>
+        <v>98425581</v>
       </c>
       <c r="BB12" t="s" s="10">
         <v>23</v>
       </c>
     </row>
     <row r="13" spans="1:54">
       <c r="A13" t="s" s="7">
         <v>23</v>
       </c>
       <c r="B13" t="s" s="7">
         <v>29</v>
       </c>
       <c r="C13" s="8">
         <v>64</v>
       </c>
       <c r="D13" t="s" s="7">
         <v>23</v>
       </c>
       <c r="E13" s="8">
         <v>22245</v>
       </c>
       <c r="F13" t="s" s="7">
         <v>23</v>
       </c>
       <c r="G13" s="8">
@@ -1384,93 +1384,93 @@
       <c r="AE13" s="8">
         <v>71</v>
       </c>
       <c r="AF13" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AG13" s="8">
         <v>31289</v>
       </c>
       <c r="AH13" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AI13" s="8">
         <v>82</v>
       </c>
       <c r="AJ13" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AK13" s="8">
         <v>48264</v>
       </c>
       <c r="AL13" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AM13" s="8">
-        <v/>
+        <v>76</v>
       </c>
       <c r="AN13" t="s" s="7">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="AO13" s="8">
-        <v/>
+        <v>46273</v>
       </c>
       <c r="AP13" t="s" s="7">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="AQ13" s="8">
-        <v/>
+        <v>64</v>
       </c>
       <c r="AR13" t="s" s="7">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="AS13" s="8">
-        <v/>
+        <v>26268</v>
       </c>
       <c r="AT13" t="s" s="7">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="AU13" s="8">
-        <v/>
+        <v>65</v>
       </c>
       <c r="AV13" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AW13" s="8">
-        <v/>
+        <v>24960</v>
       </c>
       <c r="AX13" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AY13" s="9">
-        <v>656</v>
+        <v>861</v>
       </c>
       <c r="AZ13" t="s" s="10">
         <v>23</v>
       </c>
       <c r="BA13" s="9">
-        <v>266415</v>
+        <v>363916</v>
       </c>
       <c r="BB13" t="s" s="10">
         <v>23</v>
       </c>
     </row>
     <row r="14" spans="1:54">
       <c r="A14" t="s" s="7">
         <v>30</v>
       </c>
       <c r="B14" t="s" s="7">
         <v>27</v>
       </c>
       <c r="C14" s="8">
         <v>1372176</v>
       </c>
       <c r="D14" t="s" s="7">
         <v>23</v>
       </c>
       <c r="E14" s="8">
         <v>40581836</v>
       </c>
       <c r="F14" t="s" s="7">
         <v>23</v>
       </c>
       <c r="G14" s="8">
@@ -1548,93 +1548,93 @@
       <c r="AE14" s="8">
         <v>1302723</v>
       </c>
       <c r="AF14" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AG14" s="8">
         <v>38617722</v>
       </c>
       <c r="AH14" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AI14" s="8">
         <v>1362989</v>
       </c>
       <c r="AJ14" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AK14" s="8">
         <v>40673513</v>
       </c>
       <c r="AL14" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AM14" s="8">
-        <v/>
+        <v>1325861</v>
       </c>
       <c r="AN14" t="s" s="7">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="AO14" s="8">
-        <v/>
+        <v>39798972</v>
       </c>
       <c r="AP14" t="s" s="7">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="AQ14" s="8">
-        <v/>
+        <v>1250750</v>
       </c>
       <c r="AR14" t="s" s="7">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="AS14" s="8">
-        <v/>
+        <v>37742014</v>
       </c>
       <c r="AT14" t="s" s="7">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="AU14" s="8">
-        <v/>
+        <v>1302388</v>
       </c>
       <c r="AV14" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AW14" s="8">
-        <v/>
+        <v>40535729</v>
       </c>
       <c r="AX14" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AY14" s="9">
-        <v>12446767</v>
+        <v>16325766</v>
       </c>
       <c r="AZ14" t="s" s="10">
         <v>23</v>
       </c>
       <c r="BA14" s="9">
-        <v>362928982</v>
+        <v>481005697</v>
       </c>
       <c r="BB14" t="s" s="10">
         <v>23</v>
       </c>
     </row>
     <row r="15" spans="1:54">
       <c r="A15" t="s" s="7">
         <v>23</v>
       </c>
       <c r="B15" t="s" s="7">
         <v>28</v>
       </c>
       <c r="C15" s="8">
         <v>765147</v>
       </c>
       <c r="D15" t="s" s="7">
         <v>23</v>
       </c>
       <c r="E15" s="8">
         <v>40686583</v>
       </c>
       <c r="F15" t="s" s="7">
         <v>23</v>
       </c>
       <c r="G15" s="8">
@@ -1712,140 +1712,140 @@
       <c r="AE15" s="8">
         <v>768455</v>
       </c>
       <c r="AF15" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AG15" s="8">
         <v>37968541</v>
       </c>
       <c r="AH15" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AI15" s="8">
         <v>844297</v>
       </c>
       <c r="AJ15" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AK15" s="8">
         <v>43551475</v>
       </c>
       <c r="AL15" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AM15" s="8">
-        <v/>
+        <v>849887</v>
       </c>
       <c r="AN15" t="s" s="7">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="AO15" s="8">
-        <v/>
+        <v>41854991</v>
       </c>
       <c r="AP15" t="s" s="7">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="AQ15" s="8">
-        <v/>
+        <v>780996</v>
       </c>
       <c r="AR15" t="s" s="7">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="AS15" s="8">
-        <v/>
+        <v>39256400</v>
       </c>
       <c r="AT15" t="s" s="7">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="AU15" s="8">
-        <v/>
+        <v>876612</v>
       </c>
       <c r="AV15" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AW15" s="8">
-        <v/>
+        <v>46534298</v>
       </c>
       <c r="AX15" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AY15" s="9">
-        <v>7107876</v>
+        <v>9615371</v>
       </c>
       <c r="AZ15" t="s" s="10">
         <v>23</v>
       </c>
       <c r="BA15" s="9">
-        <v>355211422</v>
+        <v>482857111</v>
       </c>
       <c r="BB15" t="s" s="10">
         <v>23</v>
       </c>
     </row>
     <row r="16" spans="1:54">
       <c r="A16" t="s" s="7">
         <v>31</v>
       </c>
       <c r="B16" t="s" s="7">
         <v>24</v>
       </c>
       <c r="C16" s="8">
-        <v>394402</v>
+        <v>397234</v>
       </c>
       <c r="D16" t="s" s="7">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="E16" s="8">
-        <v>605213738</v>
+        <v>612223943</v>
       </c>
       <c r="F16" t="s" s="7">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="G16" s="8">
-        <v>372897</v>
+        <v>375618</v>
       </c>
       <c r="H16" t="s" s="7">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="I16" s="8">
-        <v>566405374</v>
+        <v>573140649</v>
       </c>
       <c r="J16" t="s" s="7">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="K16" s="8">
-        <v>410125</v>
+        <v>413067</v>
       </c>
       <c r="L16" t="s" s="7">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="M16" s="8">
-        <v>645867116</v>
+        <v>653027257</v>
       </c>
       <c r="N16" t="s" s="7">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="O16" s="8">
         <v>426409</v>
       </c>
       <c r="P16" t="s" s="7">
         <v>23</v>
       </c>
       <c r="Q16" s="8">
         <v>709214620</v>
       </c>
       <c r="R16" t="s" s="7">
         <v>23</v>
       </c>
       <c r="S16" s="8">
         <v>439844</v>
       </c>
       <c r="T16" t="s" s="7">
         <v>23</v>
       </c>
       <c r="U16" s="8">
         <v>731483451</v>
       </c>
       <c r="V16" t="s" s="7">
         <v>23</v>
       </c>
@@ -1876,93 +1876,93 @@
       <c r="AE16" s="8">
         <v>495952</v>
       </c>
       <c r="AF16" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AG16" s="8">
         <v>945970167</v>
       </c>
       <c r="AH16" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AI16" s="8">
         <v>517030</v>
       </c>
       <c r="AJ16" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AK16" s="8">
         <v>872613773</v>
       </c>
       <c r="AL16" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AM16" s="8">
-        <v/>
+        <v>466509</v>
       </c>
       <c r="AN16" t="s" s="7">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="AO16" s="8">
-        <v/>
+        <v>772062337</v>
       </c>
       <c r="AP16" t="s" s="7">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="AQ16" s="8">
-        <v/>
+        <v>375895</v>
       </c>
       <c r="AR16" t="s" s="7">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="AS16" s="8">
-        <v/>
+        <v>638007352</v>
       </c>
       <c r="AT16" t="s" s="7">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="AU16" s="8">
-        <v/>
+        <v>434192</v>
       </c>
       <c r="AV16" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AW16" s="8">
-        <v/>
+        <v>759563746</v>
       </c>
       <c r="AX16" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AY16" s="9">
-        <v>4097012</v>
+        <v>5382103</v>
       </c>
       <c r="AZ16" t="s" s="10">
         <v>23</v>
       </c>
       <c r="BA16" s="9">
-        <v>6919841449</v>
+        <v>9110380505</v>
       </c>
       <c r="BB16" t="s" s="10">
         <v>23</v>
       </c>
     </row>
     <row r="17" spans="1:54">
       <c r="A17" t="s" s="7">
         <v>32</v>
       </c>
       <c r="B17" t="s" s="7">
         <v>33</v>
       </c>
       <c r="C17" s="8">
         <v>595193</v>
       </c>
       <c r="D17" t="s" s="7">
         <v>23</v>
       </c>
       <c r="E17" s="8">
         <v>312953855</v>
       </c>
       <c r="F17" t="s" s="7">
         <v>23</v>
       </c>
       <c r="G17" s="8">
@@ -2040,93 +2040,93 @@
       <c r="AE17" s="8">
         <v>648824</v>
       </c>
       <c r="AF17" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AG17" s="8">
         <v>426768995</v>
       </c>
       <c r="AH17" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AI17" s="8">
         <v>702960</v>
       </c>
       <c r="AJ17" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AK17" s="8">
         <v>444067934</v>
       </c>
       <c r="AL17" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AM17" s="8">
-        <v/>
+        <v>700106</v>
       </c>
       <c r="AN17" t="s" s="7">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="AO17" s="8">
-        <v/>
+        <v>423461478</v>
       </c>
       <c r="AP17" t="s" s="7">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="AQ17" s="8">
-        <v/>
+        <v>634510</v>
       </c>
       <c r="AR17" t="s" s="7">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="AS17" s="8">
-        <v/>
+        <v>372745614</v>
       </c>
       <c r="AT17" t="s" s="7">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="AU17" s="8">
-        <v/>
+        <v>661914</v>
       </c>
       <c r="AV17" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AW17" s="8">
-        <v/>
+        <v>409063009</v>
       </c>
       <c r="AX17" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AY17" s="9">
-        <v>5850448</v>
+        <v>7846978</v>
       </c>
       <c r="AZ17" t="s" s="10">
         <v>23</v>
       </c>
       <c r="BA17" s="9">
-        <v>3473816056</v>
+        <v>4679086157</v>
       </c>
       <c r="BB17" t="s" s="10">
         <v>23</v>
       </c>
     </row>
     <row r="18" spans="1:54">
       <c r="A18" t="s" s="7">
         <v>34</v>
       </c>
       <c r="B18" t="s" s="7">
         <v>33</v>
       </c>
       <c r="C18" s="8">
         <v>20968</v>
       </c>
       <c r="D18" t="s" s="7">
         <v>23</v>
       </c>
       <c r="E18" s="8">
         <v>14365646</v>
       </c>
       <c r="F18" t="s" s="7">
         <v>23</v>
       </c>
       <c r="G18" s="8">
@@ -2204,93 +2204,93 @@
       <c r="AE18" s="8">
         <v>25302</v>
       </c>
       <c r="AF18" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AG18" s="8">
         <v>29761042</v>
       </c>
       <c r="AH18" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AI18" s="8">
         <v>26477</v>
       </c>
       <c r="AJ18" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AK18" s="8">
         <v>24984308</v>
       </c>
       <c r="AL18" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AM18" s="8">
-        <v/>
+        <v>24580</v>
       </c>
       <c r="AN18" t="s" s="7">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="AO18" s="8">
-        <v/>
+        <v>20200511</v>
       </c>
       <c r="AP18" t="s" s="7">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="AQ18" s="8">
-        <v/>
+        <v>19768</v>
       </c>
       <c r="AR18" t="s" s="7">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="AS18" s="8">
-        <v/>
+        <v>15674817</v>
       </c>
       <c r="AT18" t="s" s="7">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="AU18" s="8">
-        <v/>
+        <v>21482</v>
       </c>
       <c r="AV18" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AW18" s="8">
-        <v/>
+        <v>17705025</v>
       </c>
       <c r="AX18" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AY18" s="9">
-        <v>212308</v>
+        <v>278138</v>
       </c>
       <c r="AZ18" t="s" s="10">
         <v>23</v>
       </c>
       <c r="BA18" s="9">
-        <v>186368673</v>
+        <v>239949026</v>
       </c>
       <c r="BB18" t="s" s="10">
         <v>23</v>
       </c>
     </row>
     <row r="19" spans="1:54">
       <c r="A19" t="s" s="7">
         <v>23</v>
       </c>
       <c r="B19" t="s" s="7">
         <v>24</v>
       </c>
       <c r="C19" s="8">
         <v>5929</v>
       </c>
       <c r="D19" t="s" s="7">
         <v>23</v>
       </c>
       <c r="E19" s="8">
         <v>13475659</v>
       </c>
       <c r="F19" t="s" s="7">
         <v>23</v>
       </c>
       <c r="G19" s="8">
@@ -2368,93 +2368,93 @@
       <c r="AE19" s="8">
         <v>6054</v>
       </c>
       <c r="AF19" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AG19" s="8">
         <v>17988634</v>
       </c>
       <c r="AH19" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AI19" s="8">
         <v>6284</v>
       </c>
       <c r="AJ19" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AK19" s="8">
         <v>17038891</v>
       </c>
       <c r="AL19" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AM19" s="8">
-        <v/>
+        <v>6477</v>
       </c>
       <c r="AN19" t="s" s="7">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="AO19" s="8">
-        <v/>
+        <v>17151419</v>
       </c>
       <c r="AP19" t="s" s="7">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="AQ19" s="8">
-        <v/>
+        <v>5599</v>
       </c>
       <c r="AR19" t="s" s="7">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="AS19" s="8">
-        <v/>
+        <v>15010468</v>
       </c>
       <c r="AT19" t="s" s="7">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="AU19" s="8">
-        <v/>
+        <v>6349</v>
       </c>
       <c r="AV19" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AW19" s="8">
-        <v/>
+        <v>21261366</v>
       </c>
       <c r="AX19" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AY19" s="9">
-        <v>54446</v>
+        <v>72871</v>
       </c>
       <c r="AZ19" t="s" s="10">
         <v>23</v>
       </c>
       <c r="BA19" s="9">
-        <v>145568754</v>
+        <v>198992007</v>
       </c>
       <c r="BB19" t="s" s="10">
         <v>23</v>
       </c>
     </row>
     <row r="20" spans="1:54">
       <c r="A20" t="s" s="7">
         <v>23</v>
       </c>
       <c r="B20" t="s" s="7">
         <v>27</v>
       </c>
       <c r="C20" s="8">
         <v/>
       </c>
       <c r="D20" t="s" s="7">
         <v>23</v>
       </c>
       <c r="E20" s="8">
         <v/>
       </c>
       <c r="F20" t="s" s="7">
         <v>23</v>
       </c>
       <c r="G20" s="8">
@@ -2696,93 +2696,93 @@
       <c r="AE21" s="8">
         <v>78647</v>
       </c>
       <c r="AF21" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AG21" s="8">
         <v>1979900</v>
       </c>
       <c r="AH21" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AI21" s="8">
         <v>84732</v>
       </c>
       <c r="AJ21" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AK21" s="8">
         <v>2151669</v>
       </c>
       <c r="AL21" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AM21" s="8">
-        <v/>
+        <v>82319</v>
       </c>
       <c r="AN21" t="s" s="7">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="AO21" s="8">
-        <v/>
+        <v>2055144</v>
       </c>
       <c r="AP21" t="s" s="7">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="AQ21" s="8">
-        <v/>
+        <v>77602</v>
       </c>
       <c r="AR21" t="s" s="7">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="AS21" s="8">
-        <v/>
+        <v>1975044</v>
       </c>
       <c r="AT21" t="s" s="7">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="AU21" s="8">
-        <v/>
+        <v>81178</v>
       </c>
       <c r="AV21" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AW21" s="8">
-        <v/>
+        <v>2151881</v>
       </c>
       <c r="AX21" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AY21" s="9">
-        <v>762414</v>
+        <v>1003513</v>
       </c>
       <c r="AZ21" t="s" s="10">
         <v>23</v>
       </c>
       <c r="BA21" s="9">
-        <v>19178217</v>
+        <v>25360286</v>
       </c>
       <c r="BB21" t="s" s="10">
         <v>23</v>
       </c>
     </row>
     <row r="22" spans="1:54">
       <c r="A22" t="s" s="7">
         <v>23</v>
       </c>
       <c r="B22" t="s" s="7">
         <v>29</v>
       </c>
       <c r="C22" s="8">
         <v/>
       </c>
       <c r="D22" t="s" s="7">
         <v>23</v>
       </c>
       <c r="E22" s="8">
         <v/>
       </c>
       <c r="F22" t="s" s="7">
         <v>23</v>
       </c>
       <c r="G22" s="8">
@@ -3036,245 +3036,245 @@
       <c r="AI23" s="8">
         <v>1</v>
       </c>
       <c r="AJ23" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AK23" s="8">
         <v>13</v>
       </c>
       <c r="AL23" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AM23" s="8">
         <v/>
       </c>
       <c r="AN23" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AO23" s="8">
         <v/>
       </c>
       <c r="AP23" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AQ23" s="8">
-        <v/>
+        <v>1</v>
       </c>
       <c r="AR23" t="s" s="7">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="AS23" s="8">
-        <v/>
+        <v>53</v>
       </c>
       <c r="AT23" t="s" s="7">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="AU23" s="8">
         <v/>
       </c>
       <c r="AV23" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AW23" s="8">
         <v/>
       </c>
       <c r="AX23" t="s" s="7">
         <v>23</v>
       </c>
       <c r="AY23" s="9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AZ23" t="s" s="10">
         <v>23</v>
       </c>
       <c r="BA23" s="9">
-        <v>36</v>
+        <v>89</v>
       </c>
       <c r="BB23" t="s" s="10">
         <v>23</v>
       </c>
     </row>
     <row r="24" spans="1:54">
       <c r="A24" t="s" s="11">
         <v>36</v>
       </c>
       <c r="B24" t="s" s="11">
         <v>23</v>
       </c>
       <c r="C24" s="12">
-        <v>6720057</v>
+        <v>6644382</v>
       </c>
       <c r="D24" t="s" s="11">
         <v>23</v>
       </c>
       <c r="E24" s="12">
-        <v>2290867172</v>
+        <v>2225793605</v>
       </c>
       <c r="F24" t="s" s="11">
         <v>23</v>
       </c>
       <c r="G24" s="12">
-        <v>6564448</v>
+        <v>6488801</v>
       </c>
       <c r="H24" t="s" s="11">
         <v>23</v>
       </c>
       <c r="I24" s="12">
-        <v>2192769722</v>
+        <v>2126578330</v>
       </c>
       <c r="J24" t="s" s="11">
         <v>23</v>
       </c>
       <c r="K24" s="12">
-        <v>7070574</v>
+        <v>6980501</v>
       </c>
       <c r="L24" t="s" s="11">
         <v>23</v>
       </c>
       <c r="M24" s="12">
-        <v>2445818083</v>
+        <v>2367851048</v>
       </c>
       <c r="N24" t="s" s="11">
         <v>23</v>
       </c>
       <c r="O24" s="12">
-        <v>6787413</v>
+        <v>6787155</v>
       </c>
       <c r="P24" t="s" s="11">
         <v>23</v>
       </c>
       <c r="Q24" s="12">
-        <v>2472191455</v>
+        <v>2471373604</v>
       </c>
       <c r="R24" t="s" s="11">
         <v>23</v>
       </c>
       <c r="S24" s="12">
-        <v>6797293</v>
+        <v>6796906</v>
       </c>
       <c r="T24" t="s" s="11">
         <v>23</v>
       </c>
       <c r="U24" s="12">
-        <v>2560882305</v>
+        <v>2559936519</v>
       </c>
       <c r="V24" t="s" s="11">
         <v>23</v>
       </c>
       <c r="W24" s="12">
-        <v>6867546</v>
+        <v>6867133</v>
       </c>
       <c r="X24" t="s" s="11">
         <v>23</v>
       </c>
       <c r="Y24" s="12">
-        <v>2873362449</v>
+        <v>2872781691</v>
       </c>
       <c r="Z24" t="s" s="11">
         <v>23</v>
       </c>
       <c r="AA24" s="12">
         <v>7217677</v>
       </c>
       <c r="AB24" t="s" s="11">
         <v>23</v>
       </c>
       <c r="AC24" s="12">
         <v>3297773989</v>
       </c>
       <c r="AD24" t="s" s="11">
         <v>23</v>
       </c>
       <c r="AE24" s="12">
         <v>6559732</v>
       </c>
       <c r="AF24" t="s" s="11">
         <v>23</v>
       </c>
       <c r="AG24" s="12">
         <v>3075967475</v>
       </c>
       <c r="AH24" t="s" s="11">
         <v>23</v>
       </c>
       <c r="AI24" s="12">
         <v>7064512</v>
       </c>
       <c r="AJ24" t="s" s="11">
         <v>23</v>
       </c>
       <c r="AK24" s="12">
         <v>2999466005</v>
       </c>
       <c r="AL24" t="s" s="11">
         <v>23</v>
       </c>
       <c r="AM24" s="12">
-        <v/>
+        <v>6849688</v>
       </c>
       <c r="AN24" t="s" s="11">
         <v>23</v>
       </c>
       <c r="AO24" s="12">
-        <v/>
+        <v>2730459115</v>
       </c>
       <c r="AP24" t="s" s="11">
         <v>23</v>
       </c>
       <c r="AQ24" s="12">
-        <v/>
+        <v>6198777</v>
       </c>
       <c r="AR24" t="s" s="11">
         <v>23</v>
       </c>
       <c r="AS24" s="12">
-        <v/>
+        <v>2287544192</v>
       </c>
       <c r="AT24" t="s" s="11">
         <v>23</v>
       </c>
       <c r="AU24" s="12">
-        <v/>
+        <v>6639630</v>
       </c>
       <c r="AV24" t="s" s="11">
         <v>23</v>
       </c>
       <c r="AW24" s="12">
-        <v/>
+        <v>2619780020</v>
       </c>
       <c r="AX24" t="s" s="11">
         <v>23</v>
       </c>
       <c r="AY24" s="12">
-        <v>61649252</v>
+        <v>81094894</v>
       </c>
       <c r="AZ24" t="s" s="11">
         <v>23</v>
       </c>
       <c r="BA24" s="12">
-        <v>24209098655</v>
+        <v>31635305593</v>
       </c>
       <c r="BB24" t="s" s="11">
         <v>23</v>
       </c>
     </row>
     <row r="25" spans="1:54">
       <c r="A25" t="s">
         <v>37</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="48">
     <mergeCell ref="A1:BB1"/>
     <mergeCell ref="A2:BB2"/>
     <mergeCell ref="A3:BB3"/>
     <mergeCell ref="A4:BB4"/>
     <mergeCell ref="A5:BB5"/>
     <mergeCell ref="A6:BB6"/>
     <mergeCell ref="A7:BB7"/>
     <mergeCell ref="A8:A9"/>
     <mergeCell ref="B8:B9"/>
     <mergeCell ref="C8:F8"/>
     <mergeCell ref="G8:J8"/>
     <mergeCell ref="K8:N8"/>
     <mergeCell ref="O8:R8"/>